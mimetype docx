--- v0 (2026-01-18)
+++ v1 (2026-02-08)
@@ -74,84 +74,72 @@
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>formulaire d’</w:t>
-[...10 lines deleted...]
-        <w:t>auto</w:t>
+        <w:t>formulaire d’auto</w:t>
       </w:r>
       <w:r w:rsidR="00DE78C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>déclaration</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="59F173CE" w14:textId="77777777" w:rsidR="00D17A7E" w:rsidRDefault="00C943D1" w:rsidP="00230D39">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004058A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -437,92 +425,78 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>au plus tard le 31 mars 202</w:t>
       </w:r>
       <w:r w:rsidR="00D413BB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="083A67B5" w14:textId="77777777" w:rsidR="002A09C1" w:rsidRPr="00735AAA" w:rsidRDefault="002A09C1" w:rsidP="00BF1555">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Le présent document constitue une </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> que les intermédiaires financiers soumis à la surveillance LBA de l’OAR de SO-FIT doivent remplir en lieu et place d’</w:t>
+        <w:t>Le présent document constitue une auto-déclaration que les intermédiaires financiers soumis à la surveillance LBA de l’OAR de SO-FIT doivent remplir en lieu et place d’</w:t>
       </w:r>
       <w:r w:rsidR="005F4C21" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>un au</w:t>
       </w:r>
       <w:r w:rsidR="009B5193" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">dit annuel, pour les années non </w:t>
       </w:r>
       <w:r w:rsidR="005F4C21" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>auditées par auditeur agréé.</w:t>
       </w:r>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A93949" w14:textId="5411B0D9" w:rsidR="002A09C1" w:rsidRPr="00735AAA" w:rsidRDefault="005F4C21" w:rsidP="00BF1555">
+    <w:p w14:paraId="43A93949" w14:textId="0D76D327" w:rsidR="002A09C1" w:rsidRPr="00735AAA" w:rsidRDefault="005F4C21" w:rsidP="00BF1555">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Il est rempli</w:t>
       </w:r>
       <w:r w:rsidR="009B5193" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> par les A</w:t>
       </w:r>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ffiliés bénéficiant de</w:t>
       </w:r>
       <w:r w:rsidR="002A09C1" w:rsidRPr="00735AAA">
@@ -537,123 +511,95 @@
         </w:rPr>
         <w:t>autorisation de SO-FIT leur permettant de</w:t>
       </w:r>
       <w:r w:rsidR="002A09C1" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> se soumettre à un cycle </w:t>
       </w:r>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>biennal de révision</w:t>
       </w:r>
       <w:r w:rsidR="002A09C1" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cette </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> est soumise à SO-FIT </w:t>
+        <w:t xml:space="preserve"> Cette auto-déclaration est soumise à SO-FIT </w:t>
       </w:r>
       <w:r w:rsidR="00484A36">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>au plus tard le 31 mars 202</w:t>
       </w:r>
-      <w:r w:rsidR="00640D63">
+      <w:r w:rsidR="00A725DA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="002A09C1" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, en vertu de l’art. </w:t>
       </w:r>
       <w:r w:rsidR="00791AAC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">12, let c </w:t>
       </w:r>
       <w:r w:rsidR="002A09C1" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">du règlement d’affiliation de SO-FIT. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0777A4" w14:textId="77777777" w:rsidR="005F4C21" w:rsidRPr="00735AAA" w:rsidRDefault="005F4C21" w:rsidP="00BF1555">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">La présente </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> doit être accompagnée </w:t>
+        <w:t xml:space="preserve">La présente auto-déclaration doit être accompagnée </w:t>
       </w:r>
       <w:r w:rsidR="00F07C0E" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>de tout document</w:t>
       </w:r>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> démontrant les éventuelles modifications importantes dans ses mesures</w:t>
       </w:r>
       <w:r w:rsidR="009B5193" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> internes de l’Affilié</w:t>
       </w:r>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> relatives à la LBA intervenues pendant l’</w:t>
       </w:r>
@@ -661,96 +607,80 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">exercice non </w:t>
       </w:r>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>audité.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F85AB6B" w14:textId="77777777" w:rsidR="005F4C21" w:rsidRPr="00735AAA" w:rsidRDefault="005F4C21" w:rsidP="005F4C21">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Seul le présent document doit être utilisé pour l’</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CE5D5E" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>auto-</w:t>
       </w:r>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>déclaration</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">. Aucune autre forme ne sera </w:t>
+        <w:t xml:space="preserve">déclaration. Aucune autre forme ne sera </w:t>
       </w:r>
       <w:r w:rsidR="00846715" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">admise. </w:t>
       </w:r>
       <w:r w:rsidR="00CE5D5E" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>L’</w:t>
-[...6 lines deleted...]
-        <w:t>auto-</w:t>
+        <w:t>L’auto-</w:t>
       </w:r>
       <w:r w:rsidR="001A38FE" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>déclaration</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> peut</w:t>
       </w:r>
       <w:r w:rsidR="00846715" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> être rédigé</w:t>
       </w:r>
       <w:r w:rsidR="00CE5D5E" w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>e en français ou en a</w:t>
       </w:r>
       <w:r w:rsidRPr="00735AAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>nglais.</w:t>
       </w:r>
     </w:p>
@@ -2212,69 +2142,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00695223">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00695223">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00695223">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> Distr. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00695223">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00695223">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> fonds de placement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F26821A" w14:textId="77777777" w:rsidR="001D2856" w:rsidRPr="00695223" w:rsidRDefault="001D2856" w:rsidP="00FF5354">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="209" w:hanging="209"/>
               <w:rPr>
@@ -3369,69 +3281,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00695223">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00695223">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00695223">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> Distr. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00695223">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00695223">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> fonds de placement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FFD201D" w14:textId="77777777" w:rsidR="001D2856" w:rsidRPr="00695223" w:rsidRDefault="001D2856" w:rsidP="00FF5354">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="209" w:hanging="209"/>
               <w:rPr>
@@ -5328,67 +5222,51 @@
       <w:tblGrid>
         <w:gridCol w:w="5428"/>
         <w:gridCol w:w="4359"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B26333" w:rsidRPr="00735AAA" w14:paraId="46D11635" w14:textId="77777777" w:rsidTr="00E901E6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9787" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="049E4531" w14:textId="7BEEB666" w:rsidR="00B26333" w:rsidRPr="00735AAA" w:rsidRDefault="00B26333" w:rsidP="00D83D4F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC75CA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Merci d’annexer à la présente </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> un extrait</w:t>
+              <w:t>Merci d’annexer à la présente auto-déclaration un extrait</w:t>
             </w:r>
             <w:r w:rsidR="00FD095B" w:rsidRPr="00BC75CA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC75CA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>du RC du jour avec</w:t>
             </w:r>
             <w:r w:rsidR="00A006A4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> radiation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -6911,82 +6789,82 @@
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="531B5DC8" w14:textId="77777777" w:rsidR="00904BB3" w:rsidRPr="00904BB3" w:rsidRDefault="00904BB3" w:rsidP="00E901E6"/>
           <w:p w14:paraId="2F54E266" w14:textId="77777777" w:rsidR="00904BB3" w:rsidRPr="00904BB3" w:rsidRDefault="00904BB3" w:rsidP="00E901E6"/>
           <w:p w14:paraId="4252755F" w14:textId="77777777" w:rsidR="00904BB3" w:rsidRDefault="00904BB3" w:rsidP="00E901E6"/>
           <w:p w14:paraId="3121F1F1" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00E901E6"/>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Grilledutableau"/>
               <w:tblW w:w="9831" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4908"/>
               <w:gridCol w:w="4923"/>
             </w:tblGrid>
             <w:tr w:rsidR="00CE33E8" w14:paraId="315FC8C0" w14:textId="77777777" w:rsidTr="00CE33E8">
               <w:trPr>
                 <w:trHeight w:val="1358"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4908" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="6EB2A3C2" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00BF32BA">
+                <w:p w14:paraId="6EB2A3C2" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00A725DA">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-426" w:y="-6407"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                     </w:rPr>
                     <w:t>Nouveau type (s) d’activité (s) sur l’exercice.</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="56413D2A" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00BF32BA">
+                <w:p w14:paraId="56413D2A" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00A725DA">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-426" w:y="-6407"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                     </w:rPr>
                     <w:t>Si oui, lesquelles (s)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4923" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="1FD45F7C" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00BF32BA">
+                <w:p w14:paraId="1FD45F7C" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00A725DA">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-426" w:y="-6407"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00735AAA">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Texte26"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="00735AAA">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
                   <w:r w:rsidRPr="00735AAA">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
@@ -7028,71 +6906,71 @@
                   </w:r>
                   <w:r w:rsidRPr="00735AAA">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00735AAA">
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00CE33E8" w14:paraId="50CE1C85" w14:textId="77777777" w:rsidTr="00CE33E8">
               <w:trPr>
                 <w:trHeight w:val="1358"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4908" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="31774DB7" w14:textId="2F820ECC" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00BF32BA">
+                <w:p w14:paraId="31774DB7" w14:textId="2F820ECC" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00A725DA">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-426" w:y="-6407"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                     </w:rPr>
                     <w:t>Type de clientèle</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4923" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="2B7E6853" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00BF32BA">
+                <w:p w14:paraId="2B7E6853" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00A725DA">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-426" w:y="-6407"/>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="CaseACocher31"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
                         </w:checkBox>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
@@ -7110,51 +6988,51 @@
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:t>Privée</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="2B75052E" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00BF32BA">
+                <w:p w14:paraId="2B75052E" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00A725DA">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-426" w:y="-6407"/>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="CaseACocher31"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
                         </w:checkBox>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
@@ -7172,51 +7050,51 @@
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:t>Suisse</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="4354850F" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00BF32BA">
+                <w:p w14:paraId="4354850F" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00A725DA">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-426" w:y="-6407"/>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="CaseACocher31"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
                         </w:checkBox>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
@@ -7234,51 +7112,51 @@
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:t>Institutionnelle</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="1C817801" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00BF32BA">
+                <w:p w14:paraId="1C817801" w14:textId="77777777" w:rsidR="00CE33E8" w:rsidRDefault="00CE33E8" w:rsidP="00A725DA">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-426" w:y="-6407"/>
                     <w:contextualSpacing/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="CaseACocher31"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
                         </w:checkBox>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
@@ -7296,51 +7174,51 @@
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:t>Etrangère</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="48ED4071" w14:textId="121CDB5E" w:rsidR="00CE33E8" w:rsidRPr="00735AAA" w:rsidRDefault="00CE33E8" w:rsidP="00BF32BA">
+                <w:p w14:paraId="48ED4071" w14:textId="121CDB5E" w:rsidR="00CE33E8" w:rsidRPr="00735AAA" w:rsidRDefault="00CE33E8" w:rsidP="00A725DA">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:x="-426" w:y="-6407"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
                       <w:lang w:eastAsia="fr-FR"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="CaseACocher31"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:checkBox>
                           <w:sizeAuto/>
                           <w:default w:val="0"/>
                           <w:checked w:val="0"/>
                         </w:checkBox>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
                   <w:r w:rsidRPr="00695223">
                     <w:rPr>
@@ -7479,51 +7357,51 @@
           <w:tcPr>
             <w:tcW w:w="5028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E01294E" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00C640C3" w:rsidP="00E901E6">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>PEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9A521B" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="00E901E6">
+          <w:p w14:paraId="2D9A521B" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="00E901E6">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-1290816810"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C640C3" w:rsidRPr="009B2D30">
                   <w:rPr>
@@ -7694,51 +7572,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5028" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F7A00CF" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00C640C3" w:rsidP="00E901E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Modification dans le processus de clarification et de gestion des PEP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="267DC245" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="00E901E6">
+          <w:p w14:paraId="267DC245" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="00E901E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-1848475204"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C640C3" w:rsidRPr="009B2D30">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -7908,95 +7786,81 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C640C3" w:rsidRPr="00735AAA" w14:paraId="6C67B4E9" w14:textId="77777777" w:rsidTr="00CE33E8">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2024"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5028" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="47A818EF" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00C640C3" w:rsidP="00E901E6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clients résidant ou opérant dans des pays à haut risque de corruption (basé sur les rapports de </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> International Index</w:t>
+              <w:t>Clients résidant ou opérant dans des pays à haut risque de corruption (basé sur les rapports de Transparency International Index</w:t>
             </w:r>
             <w:r w:rsidRPr="007274CB">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">, pays listé dans le dernier </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>quart</w:t>
             </w:r>
             <w:r w:rsidRPr="007274CB">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> de la liste), dans les pays listés par le GAFI (liste noire et grise), dans les pays faisant l’objet de sanctions on d’embargo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16D15E2C" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="00E901E6">
+          <w:p w14:paraId="16D15E2C" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="00E901E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="642321256"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C640C3" w:rsidRPr="009B2D30">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -8190,51 +8054,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>potentiel</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>particulier (ex. import/export, commerce de biens de gré à gré, ressources naturelles, armes, proximité de marchés publics, secteur énergétique etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5029" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0C88A74C" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="00E901E6">
+          <w:p w14:paraId="0C88A74C" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="00E901E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-1221197632"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C640C3" w:rsidRPr="009B2D30">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -8404,51 +8268,51 @@
           <w:tcPr>
             <w:tcW w:w="5159" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="57D05B9C" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00C640C3" w:rsidP="00E901E6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Transferts en provenance ou à destination de juridictions à risque</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4898" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F575F9D" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="00E901E6">
+          <w:p w14:paraId="6F575F9D" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="00E901E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="14276338"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C640C3" w:rsidRPr="009B2D30">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -8616,51 +8480,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5159" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3C3C4ED9" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00C640C3" w:rsidP="00E901E6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Prestations et services particuliers et inhabituels requis par les clients</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4898" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70A99F64" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="00E901E6">
+          <w:p w14:paraId="70A99F64" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="00E901E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-2096153052"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C640C3" w:rsidRPr="009B2D30">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -8841,63 +8705,55 @@
             </w:pPr>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Fortune élevée pour un seul client (plus de CHF </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>mio</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> d’actifs mobiliers</w:t>
+              <w:t>mio d’actifs mobiliers</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1386">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">), </w:t>
             </w:r>
             <w:r w:rsidRPr="00A16EFF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>à l’exception des SFO</w:t>
             </w:r>
             <w:r w:rsidRPr="00A16EFF">
               <w:rPr>
                 <w:rStyle w:val="Appelnotedebasdep"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r w:rsidRPr="00A16EFF">
               <w:rPr>
@@ -8907,51 +8763,51 @@
               <w:t xml:space="preserve"> et des PTC</w:t>
             </w:r>
             <w:r w:rsidRPr="00A16EFF">
               <w:rPr>
                 <w:rStyle w:val="Appelnotedebasdep"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="702FEA1B" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00C640C3" w:rsidP="00E901E6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4898" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7934EF4A" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="00E901E6">
+          <w:p w14:paraId="7934EF4A" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="00E901E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="1269272577"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C640C3" w:rsidRPr="009B2D30">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -9125,51 +8981,51 @@
           <w:p w14:paraId="7DB2B05B" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00C640C3" w:rsidP="00E901E6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Turnover clients &gt;25% </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>(à partir d’un portefeuille de 20 clients)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4898" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B24A0D3" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="00E901E6">
+          <w:p w14:paraId="4B24A0D3" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="00E901E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-845321436"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C640C3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -9403,51 +9259,51 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3208C343" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00C640C3" w:rsidP="00E901E6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4898" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1537ABF9" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="00E901E6">
+          <w:p w14:paraId="1537ABF9" w14:textId="77777777" w:rsidR="00C640C3" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="00E901E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="977030927"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C640C3" w:rsidRPr="009B2D30">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -9680,51 +9536,51 @@
           <w:trHeight w:hRule="exact" w:val="1985"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74A43811" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="009B2D30" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Appartenance à un groupe international</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B07DEAF" w14:textId="45B8998F" w:rsidR="004260C6" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="5B07DEAF" w14:textId="45B8998F" w:rsidR="004260C6" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-107433401"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000975E6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -9892,51 +9748,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="035213FB" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="009B2D30" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Siège en Suisse mais existence de filiales opérationnelles à l’étranger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ED5290B" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="7ED5290B" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-2087528334"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6" w:rsidRPr="009B2D30">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -10166,51 +10022,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Recours à des auxiliaires/tiers </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>non IF</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009B2D30">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> (délégation de tâches)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14BFAFEA" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="14BFAFEA" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="1161510746"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6" w:rsidRPr="009B2D30">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -10377,51 +10233,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA978E2" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC461A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Structure « satellitaire » avec des collaborateurs ou prestataires à l’étranger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8F5209" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="7C8F5209" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="610168853"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6" w:rsidRPr="00BC461A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -10589,51 +10445,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="476F98BA" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC461A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Absence de contact direct entre l’IF et ses clients</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F42EB91" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="1F42EB91" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="1393243263"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6" w:rsidRPr="00BC461A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -10800,91 +10656,59 @@
           <w:trHeight w:hRule="exact" w:val="3102"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23608AD6" w14:textId="066A6F41" w:rsidR="004260C6" w:rsidRPr="00EB1386" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB1386">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Banques dépositaires dans des juridictions peu transparentes ou peu coopératives : </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1386">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anguilla, Antilles, Bahamas, </w:t>
-[...31 lines deleted...]
-              <w:t>, Hong Kong, Île de Man, Irlande, Jersey, Macao, Malte, Îles Marshall, République de Maurice, Monaco, Nevada, Nevis, Panama, Seychelles, Singapour, Dakota du Sud, Wyoming et Chypre</w:t>
+              <w:t>Anguilla, Antilles, Bahamas, Bahrain, Barbade, Belize, Bermudes, Îles Vierges britanniques, Îles Cayman, Delaware, Floride (Miami), Gibraltar, Guernsey, Hong Kong, Île de Man, Irlande, Jersey, Macao, Malte, Îles Marshall, République de Maurice, Monaco, Nevada, Nevis, Panama, Seychelles, Singapour, Dakota du Sud, Wyoming et Chypre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49BB05A3" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00EB1386" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="49BB05A3" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00EB1386" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-1765611866"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6" w:rsidRPr="00EB1386">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -11053,51 +10877,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39A6B205" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC461A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Banques dépositaires à l’étranger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B082B3A" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="4B082B3A" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-180516076"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6" w:rsidRPr="00BC461A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -11290,51 +11114,51 @@
             <w:r w:rsidRPr="00EB1386">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> : Anguilla, Antilles, Bahamas, Bahreïn, Barbade, Belize, Bermudes, Îles Vierges Britanniques, Îles Caïmans, Delaware, Floride, Gibraltar, Guernesey, Hongkong, Île de Man, Irlande, Jersey, Macao, Malte, Îles Marshall, </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1386">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">République de Maurice, </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB1386">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Monaco, Nevada, Nevis, Panama, Seychelles, Singapour, Dakota du Sud, Wyoming et Chypre)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E662753" w14:textId="1CAF0E34" w:rsidR="004260C6" w:rsidRPr="009B2D30" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="6E662753" w14:textId="1CAF0E34" w:rsidR="004260C6" w:rsidRPr="009B2D30" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-861894082"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11521,51 +11345,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">d’investissement </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC461A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>offshore</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D79E090" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57A8C409" w14:textId="4F8E0F28" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="57A8C409" w14:textId="4F8E0F28" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-398140637"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11772,51 +11596,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="290B39AE" w14:textId="0AE8F0E0" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Y-a-t-il des modifications dans la gestion des risques ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46BB52B0" w14:textId="2433F724" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="46BB52B0" w14:textId="2433F724" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="447359053"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -12007,51 +11831,51 @@
               </w:rPr>
               <w:t>Y-a-t-il des nouveaux collaborateurs sur l’exercice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19C7472B" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC461A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Si oui, sont-ils qualifiés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0201EF" w14:textId="3663AF2D" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="0D0201EF" w14:textId="3663AF2D" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-1178500502"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -12098,51 +11922,51 @@
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004260C6" w:rsidRPr="00BC461A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2110E1FA" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="2110E1FA" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-493796387"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6" w:rsidRPr="00BC461A">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -12238,51 +12062,51 @@
               <w:t>La Formation continue a-t-elle été suivie ?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D969B70" w14:textId="3D4754AA" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>La Formation en interne a-t-elle eu lieu ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55BA1A50" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="55BA1A50" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1996178957"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:bCs/>
@@ -12327,51 +12151,51 @@
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6" w:rsidRPr="00BD118E">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
                     <w:color w:val="FF0000"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004260C6" w:rsidRPr="00BD118E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> non </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F9062D3" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="5F9062D3" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1222639743"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:bCs/>
@@ -12509,51 +12333,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="510B3B93" w14:textId="18986C11" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Y-a-t-il des modifications dans la surveillance et les clarifications ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20125D16" w14:textId="5F9CA20F" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="20125D16" w14:textId="5F9CA20F" w:rsidR="004260C6" w:rsidRPr="00BC461A" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="41497116"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -12727,127 +12551,127 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EBC7C21" w14:textId="7D6DBA3D" w:rsidR="004260C6" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Niveau de connaissance clients et de leur environnement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD4255E" w14:textId="77777777" w:rsidR="004260C6" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="5CD4255E" w14:textId="77777777" w:rsidR="004260C6" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1574851436"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004260C6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bon</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51AA7451" w14:textId="77777777" w:rsidR="004260C6" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="51AA7451" w14:textId="77777777" w:rsidR="004260C6" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-1151897939"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004260C6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Moyen</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FF2E457" w14:textId="18C4904C" w:rsidR="004260C6" w:rsidRPr="00C44BAD" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="4FF2E457" w14:textId="18C4904C" w:rsidR="004260C6" w:rsidRPr="00C44BAD" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1027445832"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
                     <w:bCs/>
@@ -12872,51 +12696,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54FB6621" w14:textId="362F1728" w:rsidR="004260C6" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Y-a-t-il des modifications dans les directives / procédures internes ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A93A035" w14:textId="45B53EC5" w:rsidR="004260C6" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="0A93A035" w14:textId="45B53EC5" w:rsidR="004260C6" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="771814711"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -13142,51 +12966,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23F1EB8D" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00221477" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Y-a-t-il des modifications dans l’efficacité du système de contrôle interne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12E64635" w14:textId="0F52CF38" w:rsidR="004260C6" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="12E64635" w14:textId="0F52CF38" w:rsidR="004260C6" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-597324972"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -13821,51 +13645,51 @@
             </w:r>
             <w:r w:rsidR="00140DA9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>plaintes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> de tiers</w:t>
             </w:r>
             <w:r w:rsidR="00F55C66">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>, litiges</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4984E8F1" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="4984E8F1" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-498277486"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6" w:rsidRPr="00221477">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -14019,51 +13843,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="317CBC13" w14:textId="77777777" w:rsidR="006D3753" w:rsidRDefault="006D3753" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>SO-FIT a été informé :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32E6F1F1" w14:textId="77777777" w:rsidR="006D3753" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="006D3753">
+          <w:p w14:paraId="32E6F1F1" w14:textId="77777777" w:rsidR="006D3753" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="006D3753">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="848293241"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006D3753" w:rsidRPr="00221477">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -14168,51 +13992,51 @@
               <w:lastRenderedPageBreak/>
               <w:t>Une procédure civile, pénale, administrative, de surveillance ou en matière de poursuite pour dettes et faillites se rapportant à l’exercice de l’activité et pouvant influencer la garantie d’une activité irréprochable a-t-elle été ouverte ?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B42AC2A" w14:textId="0C04D345" w:rsidR="004260C6" w:rsidRPr="00221477" w:rsidRDefault="004260C6" w:rsidP="004260C6">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sont concernées toutes les procédures qui sont, ou ont été dirigées contre l’Affilié, l’un de ses associés, administrateur, membre de sa direction, détenteur de participation qualifiées, mandataire ou employé sur l’exercice sous revue.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17D38E11" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="004260C6">
+          <w:p w14:paraId="17D38E11" w14:textId="77777777" w:rsidR="004260C6" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="004260C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="1360865776"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004260C6" w:rsidRPr="00221477">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -14366,51 +14190,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C1D3C7F" w14:textId="77777777" w:rsidR="008F3CB9" w:rsidRDefault="008F3CB9" w:rsidP="008F3CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>SO-FIT a été informé :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08A6C582" w14:textId="77777777" w:rsidR="008F3CB9" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="008F3CB9">
+          <w:p w14:paraId="08A6C582" w14:textId="77777777" w:rsidR="008F3CB9" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="008F3CB9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-99882082"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F3CB9" w:rsidRPr="00221477">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -14543,51 +14367,51 @@
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="591E12E9" w14:textId="77777777" w:rsidR="00C8779F" w:rsidRPr="00221477" w:rsidRDefault="00472C31" w:rsidP="000B2B9D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Modification du service de lutte contre le blanchiment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71C86C74" w14:textId="7A33E83E" w:rsidR="00C8779F" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="00D83D4F">
+          <w:p w14:paraId="71C86C74" w14:textId="7A33E83E" w:rsidR="00C8779F" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="00D83D4F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-1571875640"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C26580">
                   <w:rPr>
@@ -14804,51 +14628,51 @@
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33DEB4DF" w14:textId="77777777" w:rsidR="00C8779F" w:rsidRPr="00221477" w:rsidRDefault="00472C31" w:rsidP="000B2B9D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Modification dans le processus d’analyse de risques</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01CD9D51" w14:textId="02D2987D" w:rsidR="00232F89" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="00232F89">
+          <w:p w14:paraId="01CD9D51" w14:textId="02D2987D" w:rsidR="00232F89" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="00232F89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-1162087089"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000B2B9D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -15071,51 +14895,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Modification dans la gestion des risques juridiques et de réputation des filiales et succursale</w:t>
             </w:r>
             <w:r w:rsidR="005C5C04" w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>s étrangères</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="571BC838" w14:textId="4E71C595" w:rsidR="00575B66" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="00575B66">
+          <w:p w14:paraId="571BC838" w14:textId="4E71C595" w:rsidR="00575B66" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="00575B66">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-758600606"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000B2B9D">
                   <w:rPr>
@@ -15331,51 +15155,51 @@
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AF14782" w14:textId="77777777" w:rsidR="00424A55" w:rsidRPr="00221477" w:rsidRDefault="005C5C04" w:rsidP="000B2B9D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vérification de l’identité du cocontractant, identification de l’ayant droit économique des personnes morales ou des sociétés de personnes qui exercent une activité opérationnelle (détenteur du contrôle) et identification de l’ayant droit économique de valeurs patrimoniales (au début et au cours de la relation d’affaires), y compris renouvellement de la vérification de l’identité du cocontractant ou de l’identification de l’ayant droit économique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65510C82" w14:textId="38B72F9F" w:rsidR="00232F89" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="00232F89">
+          <w:p w14:paraId="65510C82" w14:textId="38B72F9F" w:rsidR="00232F89" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="00232F89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-666401220"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00232F89" w:rsidRPr="00221477">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
@@ -15559,51 +15383,51 @@
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F055F03" w14:textId="77777777" w:rsidR="005C5C04" w:rsidRPr="00221477" w:rsidRDefault="005C5C04" w:rsidP="000B2B9D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Modification des critères de risques accrus pour les relations d’affaire et transactions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1AC044" w14:textId="03805030" w:rsidR="00575B66" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="00575B66">
+          <w:p w14:paraId="5C1AC044" w14:textId="03805030" w:rsidR="00575B66" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="00575B66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:id w:val="-976837487"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C26580">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -15810,51 +15634,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Si oui : inscrire l</w:t>
             </w:r>
             <w:r w:rsidR="00CF4A73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>e site internet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79289D0B" w14:textId="77777777" w:rsidR="000A36E5" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="000B2491">
+          <w:p w14:paraId="79289D0B" w14:textId="77777777" w:rsidR="000A36E5" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="000B2491">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-554244405"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F94E2B" w:rsidRPr="00221477">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -16041,51 +15865,51 @@
               </w:rPr>
               <w:t>Celui-ci fait-il référence à la FINMA ou à SO-FIT ?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2524A8EE" w14:textId="2A489B7D" w:rsidR="00152425" w:rsidRPr="00221477" w:rsidRDefault="00152425" w:rsidP="00F94E2B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Le cas échéant, les autorisations ont été demandées pour l’utilisation du logo SO-FIT ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7EBCFC" w14:textId="1A7642B5" w:rsidR="00CA3916" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="00CA3916">
+          <w:p w14:paraId="2C7EBCFC" w14:textId="1A7642B5" w:rsidR="00CA3916" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="00CA3916">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="1291791935"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA3916">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -16173,51 +15997,51 @@
               <w:sdtContent>
                 <w:r w:rsidR="00CA3916" w:rsidRPr="00221477">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA3916" w:rsidRPr="00221477">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CA3916">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>n/a</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40D92B96" w14:textId="39BD2F1B" w:rsidR="00CA3916" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="00CA3916">
+          <w:p w14:paraId="40D92B96" w14:textId="39BD2F1B" w:rsidR="00CA3916" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="00CA3916">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-5211467"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA3916" w:rsidRPr="00221477">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -16332,96 +16156,78 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA3916" w:rsidRPr="00221477" w14:paraId="59F48236" w14:textId="77777777" w:rsidTr="005B1EA7">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25E4450C" w14:textId="22DDB18D" w:rsidR="00CA3916" w:rsidRDefault="00BB195A" w:rsidP="00F94E2B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Non respect</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00CF4A73">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> de l’utilisation des termes protégés au sens de la </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> selon nos circulaires du 27 décembre 2023</w:t>
+              <w:t xml:space="preserve"> de l’utilisation des termes protégés au sens de la LEFin selon nos circulaires du 27 décembre 2023</w:t>
             </w:r>
             <w:r w:rsidR="00E95D04">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> et du 4 décembre 2023 (Emploi des termes consacrés).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9E4FDD" w14:textId="7C093089" w:rsidR="00CA3916" w:rsidRPr="00221477" w:rsidRDefault="00BF32BA" w:rsidP="00CA3916">
+          <w:p w14:paraId="2B9E4FDD" w14:textId="7C093089" w:rsidR="00CA3916" w:rsidRPr="00221477" w:rsidRDefault="00325126" w:rsidP="00CA3916">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-2063475926"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA3916">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -21614,56 +21420,56 @@
   <w:num w:numId="33" w16cid:durableId="334378056">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="899947441">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="712118650">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="250621952">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="299119980">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="397636440">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zOix6B2d3Fl7nMHNFppN45qNtS0TJ6ailV3O11/aR9sMd9feshhHql6KS/bQLVsEYi7RIDtNMKrGl6DZHRJx3A==" w:salt="a1JZcAlpcVvFs4AV4lrnXQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="e6xBCn2LFGKxifycnEk4+3b1ZIIm3eN2a5+1U/neSRnQwT1/hC9a/BfgpuuZEap02uhS117b1gzTJQjFgnj66w==" w:salt="W6UcRTSSPmn+2XzwiJJc5Q=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="55297"/>
+    <o:shapedefaults v:ext="edit" spidmax="59393"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00311720"/>
     <w:rsid w:val="00010A21"/>
     <w:rsid w:val="00015A2E"/>
     <w:rsid w:val="0002323B"/>
     <w:rsid w:val="0002555B"/>
     <w:rsid w:val="00032B35"/>
     <w:rsid w:val="0004058A"/>
@@ -21698,102 +21504,105 @@
     <w:rsid w:val="00112755"/>
     <w:rsid w:val="00114F77"/>
     <w:rsid w:val="0012206A"/>
     <w:rsid w:val="00127912"/>
     <w:rsid w:val="00130EFF"/>
     <w:rsid w:val="00134FE1"/>
     <w:rsid w:val="00140DA9"/>
     <w:rsid w:val="00141DF1"/>
     <w:rsid w:val="0014643A"/>
     <w:rsid w:val="001504AB"/>
     <w:rsid w:val="00152425"/>
     <w:rsid w:val="00162858"/>
     <w:rsid w:val="00190A2C"/>
     <w:rsid w:val="001947A9"/>
     <w:rsid w:val="00194909"/>
     <w:rsid w:val="001A38FE"/>
     <w:rsid w:val="001B75A1"/>
     <w:rsid w:val="001B7A2A"/>
     <w:rsid w:val="001C14B1"/>
     <w:rsid w:val="001D12D5"/>
     <w:rsid w:val="001D2856"/>
     <w:rsid w:val="001D61AE"/>
     <w:rsid w:val="001D7A48"/>
     <w:rsid w:val="001E15FC"/>
     <w:rsid w:val="001E53E7"/>
+    <w:rsid w:val="001E79AA"/>
     <w:rsid w:val="001F0378"/>
     <w:rsid w:val="001F611A"/>
     <w:rsid w:val="0020650C"/>
     <w:rsid w:val="0021354B"/>
     <w:rsid w:val="0021647C"/>
     <w:rsid w:val="00217889"/>
     <w:rsid w:val="00217BFC"/>
     <w:rsid w:val="00221477"/>
     <w:rsid w:val="00222A92"/>
     <w:rsid w:val="00226B67"/>
     <w:rsid w:val="00230D39"/>
     <w:rsid w:val="00232130"/>
     <w:rsid w:val="00232F89"/>
     <w:rsid w:val="00234BE5"/>
     <w:rsid w:val="0024121C"/>
     <w:rsid w:val="00241C8F"/>
     <w:rsid w:val="0024399B"/>
     <w:rsid w:val="002705F8"/>
     <w:rsid w:val="0028062D"/>
     <w:rsid w:val="00280792"/>
     <w:rsid w:val="00284ABA"/>
     <w:rsid w:val="00297302"/>
     <w:rsid w:val="002A09C1"/>
     <w:rsid w:val="002A6934"/>
     <w:rsid w:val="002A6989"/>
     <w:rsid w:val="002B0123"/>
     <w:rsid w:val="002B3879"/>
     <w:rsid w:val="002C0AFF"/>
     <w:rsid w:val="002D5898"/>
     <w:rsid w:val="002E1FE2"/>
     <w:rsid w:val="002E4EA5"/>
     <w:rsid w:val="002E5435"/>
     <w:rsid w:val="002F65A7"/>
     <w:rsid w:val="003101B6"/>
     <w:rsid w:val="00311720"/>
     <w:rsid w:val="00315A56"/>
     <w:rsid w:val="00316D0C"/>
+    <w:rsid w:val="00325126"/>
     <w:rsid w:val="0032731C"/>
     <w:rsid w:val="00334469"/>
     <w:rsid w:val="00341F9D"/>
     <w:rsid w:val="003444C7"/>
     <w:rsid w:val="00345C8A"/>
     <w:rsid w:val="0034605F"/>
     <w:rsid w:val="003462DD"/>
     <w:rsid w:val="00357188"/>
     <w:rsid w:val="00370E22"/>
     <w:rsid w:val="00392D39"/>
     <w:rsid w:val="00393AD5"/>
     <w:rsid w:val="003A0B5D"/>
     <w:rsid w:val="003B1B3B"/>
     <w:rsid w:val="003B3A82"/>
     <w:rsid w:val="003B51BB"/>
+    <w:rsid w:val="003C72D6"/>
     <w:rsid w:val="003D1C50"/>
     <w:rsid w:val="003E1258"/>
     <w:rsid w:val="003E7299"/>
     <w:rsid w:val="003E7BF8"/>
     <w:rsid w:val="003F78AA"/>
     <w:rsid w:val="003F7908"/>
     <w:rsid w:val="00400E98"/>
     <w:rsid w:val="00414E26"/>
     <w:rsid w:val="00417E3E"/>
     <w:rsid w:val="004203DC"/>
     <w:rsid w:val="00421712"/>
     <w:rsid w:val="00424A55"/>
     <w:rsid w:val="004260C6"/>
     <w:rsid w:val="00427AF4"/>
     <w:rsid w:val="00432EEA"/>
     <w:rsid w:val="004342FC"/>
     <w:rsid w:val="00456DF8"/>
     <w:rsid w:val="00462FD0"/>
     <w:rsid w:val="00471B5F"/>
     <w:rsid w:val="00472C31"/>
     <w:rsid w:val="00482F81"/>
     <w:rsid w:val="00484A36"/>
     <w:rsid w:val="00485BEF"/>
     <w:rsid w:val="004B3F88"/>
     <w:rsid w:val="004B6A11"/>
@@ -21926,117 +21735,121 @@
     <w:rsid w:val="009A2761"/>
     <w:rsid w:val="009A5AA4"/>
     <w:rsid w:val="009B2D30"/>
     <w:rsid w:val="009B5193"/>
     <w:rsid w:val="009B6619"/>
     <w:rsid w:val="009C13FA"/>
     <w:rsid w:val="009C1F71"/>
     <w:rsid w:val="009C28EB"/>
     <w:rsid w:val="009D059F"/>
     <w:rsid w:val="009D40C7"/>
     <w:rsid w:val="00A006A4"/>
     <w:rsid w:val="00A05FDF"/>
     <w:rsid w:val="00A077B0"/>
     <w:rsid w:val="00A11098"/>
     <w:rsid w:val="00A114C0"/>
     <w:rsid w:val="00A122CF"/>
     <w:rsid w:val="00A16EFF"/>
     <w:rsid w:val="00A23054"/>
     <w:rsid w:val="00A35965"/>
     <w:rsid w:val="00A35A5E"/>
     <w:rsid w:val="00A421C4"/>
     <w:rsid w:val="00A457E6"/>
     <w:rsid w:val="00A5301E"/>
     <w:rsid w:val="00A54B49"/>
     <w:rsid w:val="00A654BC"/>
+    <w:rsid w:val="00A725DA"/>
     <w:rsid w:val="00A72875"/>
     <w:rsid w:val="00A75213"/>
     <w:rsid w:val="00A758AB"/>
     <w:rsid w:val="00A93180"/>
     <w:rsid w:val="00AA5087"/>
     <w:rsid w:val="00AB1DEB"/>
     <w:rsid w:val="00AF4A31"/>
     <w:rsid w:val="00B0180D"/>
     <w:rsid w:val="00B115FE"/>
     <w:rsid w:val="00B22F4F"/>
     <w:rsid w:val="00B25400"/>
     <w:rsid w:val="00B26333"/>
     <w:rsid w:val="00B31DBB"/>
     <w:rsid w:val="00B32187"/>
     <w:rsid w:val="00B32289"/>
     <w:rsid w:val="00B33132"/>
     <w:rsid w:val="00B746A9"/>
     <w:rsid w:val="00BB195A"/>
     <w:rsid w:val="00BC461A"/>
     <w:rsid w:val="00BC6CC1"/>
     <w:rsid w:val="00BC75CA"/>
     <w:rsid w:val="00BD118E"/>
     <w:rsid w:val="00BD18F6"/>
     <w:rsid w:val="00BD2D2B"/>
     <w:rsid w:val="00BD502B"/>
     <w:rsid w:val="00BF1555"/>
     <w:rsid w:val="00BF32BA"/>
     <w:rsid w:val="00BF4905"/>
     <w:rsid w:val="00C07248"/>
     <w:rsid w:val="00C11EA7"/>
     <w:rsid w:val="00C209E6"/>
     <w:rsid w:val="00C24F82"/>
     <w:rsid w:val="00C26464"/>
     <w:rsid w:val="00C26580"/>
     <w:rsid w:val="00C31D9E"/>
     <w:rsid w:val="00C44BAD"/>
+    <w:rsid w:val="00C4761D"/>
     <w:rsid w:val="00C640C3"/>
     <w:rsid w:val="00C64F0B"/>
     <w:rsid w:val="00C65208"/>
     <w:rsid w:val="00C8779F"/>
     <w:rsid w:val="00C943D1"/>
     <w:rsid w:val="00CA2AFC"/>
     <w:rsid w:val="00CA3916"/>
     <w:rsid w:val="00CA4221"/>
     <w:rsid w:val="00CA630B"/>
     <w:rsid w:val="00CB1273"/>
     <w:rsid w:val="00CB79A1"/>
+    <w:rsid w:val="00CC46DD"/>
     <w:rsid w:val="00CD31B9"/>
     <w:rsid w:val="00CE33E8"/>
     <w:rsid w:val="00CE5D5E"/>
     <w:rsid w:val="00CE6929"/>
     <w:rsid w:val="00CF4A73"/>
     <w:rsid w:val="00D001C3"/>
     <w:rsid w:val="00D01CA3"/>
     <w:rsid w:val="00D14B78"/>
     <w:rsid w:val="00D15F50"/>
     <w:rsid w:val="00D17A7E"/>
     <w:rsid w:val="00D25C30"/>
     <w:rsid w:val="00D262EE"/>
     <w:rsid w:val="00D32E3F"/>
     <w:rsid w:val="00D413BB"/>
     <w:rsid w:val="00D42B78"/>
     <w:rsid w:val="00D6611A"/>
     <w:rsid w:val="00D71DE3"/>
     <w:rsid w:val="00D72353"/>
     <w:rsid w:val="00D76021"/>
     <w:rsid w:val="00D83D4F"/>
+    <w:rsid w:val="00D970B9"/>
     <w:rsid w:val="00DA4E81"/>
     <w:rsid w:val="00DB2FA8"/>
     <w:rsid w:val="00DB3188"/>
     <w:rsid w:val="00DB4C41"/>
     <w:rsid w:val="00DC45EF"/>
     <w:rsid w:val="00DC4882"/>
     <w:rsid w:val="00DD7F8A"/>
     <w:rsid w:val="00DE5387"/>
     <w:rsid w:val="00DE78C2"/>
     <w:rsid w:val="00DF7388"/>
     <w:rsid w:val="00E034E8"/>
     <w:rsid w:val="00E142F8"/>
     <w:rsid w:val="00E26FE3"/>
     <w:rsid w:val="00E30847"/>
     <w:rsid w:val="00E333D0"/>
     <w:rsid w:val="00E34242"/>
     <w:rsid w:val="00E4520D"/>
     <w:rsid w:val="00E465BA"/>
     <w:rsid w:val="00E6086A"/>
     <w:rsid w:val="00E72264"/>
     <w:rsid w:val="00E73F65"/>
     <w:rsid w:val="00E758B8"/>
     <w:rsid w:val="00E901E6"/>
     <w:rsid w:val="00E936DF"/>
     <w:rsid w:val="00E94B0A"/>
@@ -22074,51 +21887,51 @@
     <w:rsid w:val="00FD095B"/>
     <w:rsid w:val="00FD2288"/>
     <w:rsid w:val="00FD29D0"/>
     <w:rsid w:val="00FD2D16"/>
     <w:rsid w:val="00FD5BF3"/>
     <w:rsid w:val="00FE037D"/>
     <w:rsid w:val="00FE1B6C"/>
     <w:rsid w:val="00FE2597"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="55297"/>
+    <o:shapedefaults v:ext="edit" spidmax="59393"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3C3BCEFA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{947787F2-3B2C-4B0F-84D8-A8508D065A01}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -23033,77 +22846,79 @@
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F504E"/>
     <w:rsid w:val="0009156C"/>
     <w:rsid w:val="000A22F1"/>
     <w:rsid w:val="000C7707"/>
     <w:rsid w:val="00105DF9"/>
     <w:rsid w:val="00192EF2"/>
+    <w:rsid w:val="001E79AA"/>
     <w:rsid w:val="002745B0"/>
     <w:rsid w:val="00294999"/>
     <w:rsid w:val="003E3451"/>
     <w:rsid w:val="00455CEF"/>
     <w:rsid w:val="004A2569"/>
     <w:rsid w:val="004D1373"/>
     <w:rsid w:val="005150CF"/>
     <w:rsid w:val="00523A5B"/>
     <w:rsid w:val="00666F4E"/>
     <w:rsid w:val="006E7D5D"/>
     <w:rsid w:val="0071559E"/>
     <w:rsid w:val="00810FDC"/>
     <w:rsid w:val="009156A6"/>
     <w:rsid w:val="00925DBF"/>
     <w:rsid w:val="0095057E"/>
     <w:rsid w:val="00993AFC"/>
     <w:rsid w:val="009A2761"/>
     <w:rsid w:val="009B4FBC"/>
     <w:rsid w:val="009F504E"/>
     <w:rsid w:val="00AE46CF"/>
     <w:rsid w:val="00B11EAE"/>
     <w:rsid w:val="00B41736"/>
     <w:rsid w:val="00B71511"/>
     <w:rsid w:val="00BC2FEF"/>
     <w:rsid w:val="00C510EE"/>
     <w:rsid w:val="00CD3003"/>
     <w:rsid w:val="00D641DC"/>
+    <w:rsid w:val="00D970B9"/>
     <w:rsid w:val="00F67C88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">